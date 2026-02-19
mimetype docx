--- v0 (2026-01-15)
+++ v1 (2026-02-19)
@@ -1493,58 +1493,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="362A6F2F" w14:textId="77777777" w:rsidR="00DA753A" w:rsidRPr="00704EC4" w:rsidRDefault="00DA753A"/>
     <w:sectPr w:rsidR="00DA753A" w:rsidRPr="00704EC4" w:rsidSect="00623557">
       <w:footerReference w:type="default" r:id="rId6"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1080" w:right="1080" w:bottom="1080" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="05128408" w14:textId="77777777" w:rsidR="00E14751" w:rsidRDefault="00E14751">
+    <w:p w14:paraId="4889BCCF" w14:textId="77777777" w:rsidR="00681055" w:rsidRDefault="00681055">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="20192C7F" w14:textId="77777777" w:rsidR="00E14751" w:rsidRDefault="00E14751">
+    <w:p w14:paraId="65F1C5D4" w14:textId="77777777" w:rsidR="00681055" w:rsidRDefault="00681055">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
@@ -1588,201 +1588,206 @@
       <w:t>‐202</w:t>
     </w:r>
     <w:r w:rsidR="00D2103E">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>6</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>)</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2E3EB87E" w14:textId="77777777" w:rsidR="00E14751" w:rsidRDefault="00E14751">
+    <w:p w14:paraId="3DEBA88A" w14:textId="77777777" w:rsidR="00681055" w:rsidRDefault="00681055">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0F89AAF6" w14:textId="77777777" w:rsidR="00E14751" w:rsidRDefault="00E14751">
+    <w:p w14:paraId="62E064F6" w14:textId="77777777" w:rsidR="00681055" w:rsidRDefault="00681055">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:val="bestFit" w:percent="234"/>
+  <w:zoom w:val="bestFit" w:percent="391"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00704EC4"/>
     <w:rsid w:val="00021C54"/>
     <w:rsid w:val="00024A85"/>
     <w:rsid w:val="000430C2"/>
     <w:rsid w:val="000457D4"/>
     <w:rsid w:val="00056D70"/>
     <w:rsid w:val="00056F77"/>
     <w:rsid w:val="00062FB0"/>
     <w:rsid w:val="000655F8"/>
     <w:rsid w:val="000A68AB"/>
     <w:rsid w:val="000C3E86"/>
     <w:rsid w:val="000E5D33"/>
+    <w:rsid w:val="00101EE4"/>
     <w:rsid w:val="00102C9C"/>
     <w:rsid w:val="00104EFE"/>
     <w:rsid w:val="00110B75"/>
     <w:rsid w:val="00111B0C"/>
     <w:rsid w:val="00137BD0"/>
     <w:rsid w:val="00141D60"/>
     <w:rsid w:val="0014265B"/>
     <w:rsid w:val="00156BE2"/>
     <w:rsid w:val="00161B0C"/>
     <w:rsid w:val="00161ECD"/>
     <w:rsid w:val="001813D7"/>
     <w:rsid w:val="001B2780"/>
     <w:rsid w:val="001C3175"/>
     <w:rsid w:val="001E40B2"/>
     <w:rsid w:val="00200AB2"/>
     <w:rsid w:val="002036C6"/>
     <w:rsid w:val="002071E2"/>
     <w:rsid w:val="00214816"/>
     <w:rsid w:val="002209DC"/>
     <w:rsid w:val="0023624A"/>
     <w:rsid w:val="002427C6"/>
     <w:rsid w:val="00245660"/>
     <w:rsid w:val="00253A72"/>
     <w:rsid w:val="00264E79"/>
     <w:rsid w:val="00282CEB"/>
     <w:rsid w:val="0028444E"/>
     <w:rsid w:val="002B483B"/>
     <w:rsid w:val="002B4BB8"/>
     <w:rsid w:val="002E2D1F"/>
     <w:rsid w:val="0030066A"/>
     <w:rsid w:val="00324A48"/>
     <w:rsid w:val="00330B7B"/>
     <w:rsid w:val="00344DDA"/>
     <w:rsid w:val="00347E36"/>
     <w:rsid w:val="00352CB4"/>
     <w:rsid w:val="003536D9"/>
     <w:rsid w:val="00363376"/>
     <w:rsid w:val="003646E4"/>
     <w:rsid w:val="00393DC9"/>
     <w:rsid w:val="00397254"/>
     <w:rsid w:val="003A1D82"/>
     <w:rsid w:val="003D17C3"/>
     <w:rsid w:val="003D2B10"/>
     <w:rsid w:val="00434A29"/>
+    <w:rsid w:val="004403D4"/>
     <w:rsid w:val="00446909"/>
     <w:rsid w:val="00451BD9"/>
     <w:rsid w:val="004804AD"/>
     <w:rsid w:val="004969E2"/>
     <w:rsid w:val="004A10CD"/>
     <w:rsid w:val="004B4254"/>
     <w:rsid w:val="004E7BF9"/>
     <w:rsid w:val="004F6389"/>
     <w:rsid w:val="004F7D2B"/>
     <w:rsid w:val="005148D9"/>
     <w:rsid w:val="005634CD"/>
     <w:rsid w:val="00584BA3"/>
     <w:rsid w:val="005B1FAA"/>
     <w:rsid w:val="005B27FE"/>
+    <w:rsid w:val="005B2D63"/>
     <w:rsid w:val="005B38F1"/>
     <w:rsid w:val="00602CCD"/>
     <w:rsid w:val="00646803"/>
     <w:rsid w:val="006469F5"/>
     <w:rsid w:val="00646A63"/>
     <w:rsid w:val="00662B2F"/>
     <w:rsid w:val="00663A36"/>
     <w:rsid w:val="00663FA2"/>
     <w:rsid w:val="006741F8"/>
     <w:rsid w:val="006774CE"/>
+    <w:rsid w:val="00681055"/>
     <w:rsid w:val="00685628"/>
     <w:rsid w:val="00687A8A"/>
     <w:rsid w:val="00695038"/>
     <w:rsid w:val="00696B29"/>
     <w:rsid w:val="006E0F81"/>
     <w:rsid w:val="006E18B0"/>
     <w:rsid w:val="00704EC4"/>
     <w:rsid w:val="00711D34"/>
     <w:rsid w:val="00717310"/>
     <w:rsid w:val="00724AD6"/>
     <w:rsid w:val="00725412"/>
     <w:rsid w:val="00730DBD"/>
     <w:rsid w:val="00753E0F"/>
     <w:rsid w:val="00772F64"/>
     <w:rsid w:val="00777CE6"/>
     <w:rsid w:val="007864C7"/>
     <w:rsid w:val="00805220"/>
     <w:rsid w:val="00812779"/>
     <w:rsid w:val="008166E9"/>
     <w:rsid w:val="00816911"/>
     <w:rsid w:val="00822F6B"/>
     <w:rsid w:val="0084138C"/>
     <w:rsid w:val="00841DF9"/>
     <w:rsid w:val="00866363"/>
     <w:rsid w:val="00880F6D"/>
     <w:rsid w:val="00883FF4"/>
     <w:rsid w:val="00886995"/>
     <w:rsid w:val="008947AC"/>
     <w:rsid w:val="008A7EFE"/>
     <w:rsid w:val="008B0807"/>
     <w:rsid w:val="008B44BB"/>
     <w:rsid w:val="008B663E"/>
+    <w:rsid w:val="008D1AFE"/>
     <w:rsid w:val="008E1DFF"/>
     <w:rsid w:val="0091143B"/>
     <w:rsid w:val="00917294"/>
     <w:rsid w:val="00922711"/>
     <w:rsid w:val="00930312"/>
     <w:rsid w:val="00935143"/>
     <w:rsid w:val="00935E42"/>
     <w:rsid w:val="00937F4E"/>
     <w:rsid w:val="009422C9"/>
     <w:rsid w:val="009546CB"/>
     <w:rsid w:val="00955C23"/>
     <w:rsid w:val="00964326"/>
     <w:rsid w:val="00967EFA"/>
     <w:rsid w:val="00973020"/>
     <w:rsid w:val="00983D05"/>
     <w:rsid w:val="009A23F7"/>
     <w:rsid w:val="009D2FCB"/>
     <w:rsid w:val="00A24473"/>
     <w:rsid w:val="00A25480"/>
     <w:rsid w:val="00A2797B"/>
     <w:rsid w:val="00A27DC3"/>
     <w:rsid w:val="00A51F4E"/>
     <w:rsid w:val="00A57AA3"/>
     <w:rsid w:val="00A65DEC"/>
     <w:rsid w:val="00A734D7"/>
@@ -2790,54 +2795,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>214</Words>
-  <Characters>1310</Characters>
+  <Words>204</Words>
+  <Characters>1250</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>93</Lines>
-  <Paragraphs>46</Paragraphs>
+  <Lines>89</Lines>
+  <Paragraphs>38</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1478</CharactersWithSpaces>
+  <CharactersWithSpaces>1441</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Wendy Quinton</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>